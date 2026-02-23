--- v0 (2025-11-26)
+++ v1 (2026-02-23)
@@ -164,51 +164,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">После этого, весь личный состав Центра был приглашен на праздничныйконцерт, в котором принял участие лирический шансонье современнойроссийской эстрады, певец и композитор Игорь Корнилов. Такжевоеннослужащих центра с наступающим праздником поздравили:коллектив спутник «Веселинка» Народного коллектива«Хореографический ансамбль «Вдохновение», Надежда Якушева иансамбль «Спасатель». Артисты подарили зрителям заряд бодрости имассу положительных эмоций. Зрительный зал не остался равнодушным,о чем можно было судить по бурным аплодисментам.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>